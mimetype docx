--- v0 (2026-01-07)
+++ v1 (2026-02-21)
@@ -527,220 +527,178 @@
     <w:p w14:paraId="244CE7E8" w14:textId="7FC5DE6F" w:rsidR="00E17F08" w:rsidRPr="00B73C05" w:rsidRDefault="00E17F08" w:rsidP="00E17F08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="120" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="567" w:right="1111"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B73C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CERTIFICA ALLA DATA ODIERNA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28434F89" w14:textId="7BFEA256" w:rsidR="00E17F08" w:rsidRPr="00B73C05" w:rsidRDefault="00E17F08" w:rsidP="00E17F08">
+    <w:p w14:paraId="28434F89" w14:textId="010EE235" w:rsidR="00E17F08" w:rsidRPr="00B73C05" w:rsidRDefault="00E17F08" w:rsidP="00E17F08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="567" w:right="1111" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B73C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>che il presente compenso, percepito per la prestazione eseguita per conto d</w:t>
       </w:r>
       <w:r w:rsidR="00902496">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ella FASI</w:t>
       </w:r>
       <w:r w:rsidRPr="00B73C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B73C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">non comporta il superamento della franchigia di </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">non comporta il superamento della franchigia di Euro 5.000,00 </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B73C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B73C05">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B73C05">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cinquemila</w:t>
+      </w:r>
+      <w:r w:rsidR="0049165A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>/00</w:t>
+      </w:r>
+      <w:r w:rsidR="00504BD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>cinquemila</w:t>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00902496">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– periodo calcolato a decorrere </w:t>
+      </w:r>
+      <w:r w:rsidR="00781E4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dal 01/01/202</w:t>
       </w:r>
       <w:r w:rsidR="0049165A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...31 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6, impegnandosi a comunicare tempestivamente all’Ufficio Amministrazione (</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="0049165A" w:rsidRPr="00B35F51">
+        <w:r w:rsidR="00DC4784" w:rsidRPr="00D3549C">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>amministarzione@federclimb.it</w:t>
+          <w:t>amministrazione@federclimb.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0049165A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">) eventuale compensi che comportino il superamento della </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> franchigia.</w:t>
+        <w:t>) eventuale compensi che comportino il superamento della predetta franchigia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F9204E" w14:textId="1563F40B" w:rsidR="00E17F08" w:rsidRPr="00B73C05" w:rsidRDefault="00E17F08" w:rsidP="00AE3CC8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="120" w:line="300" w:lineRule="exact"/>
         <w:ind w:right="1111"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B73C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e conseguentemente il compenso sarà così erogato:</w:t>
@@ -1240,139 +1198,137 @@
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> per i cinque anni successivi alla sua presentazione</w:t>
       </w:r>
       <w:r w:rsidR="00A0278D" w:rsidRPr="0087088E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A0278D" w:rsidRPr="0087088E" w:rsidSect="00F614AC">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="0" w:bottom="2037" w:left="22" w:header="17" w:footer="10" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47D44A7E" w14:textId="77777777" w:rsidR="00EA5245" w:rsidRDefault="00EA5245" w:rsidP="00F614AC">
+    <w:p w14:paraId="386D8699" w14:textId="77777777" w:rsidR="006049E4" w:rsidRDefault="006049E4" w:rsidP="00F614AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03417041" w14:textId="77777777" w:rsidR="00EA5245" w:rsidRDefault="00EA5245" w:rsidP="00F614AC">
+    <w:p w14:paraId="69B52BDD" w14:textId="77777777" w:rsidR="006049E4" w:rsidRDefault="006049E4" w:rsidP="00F614AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="OpenSymbol, 'Arial Unicode MS'">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="F">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
-    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
-    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Latha, 'Nirmala UI'">
     <w:altName w:val="Latha"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D2D7F99" w14:textId="77777777" w:rsidR="00EA5245" w:rsidRDefault="00EA5245" w:rsidP="00F614AC">
+    <w:p w14:paraId="6B6C2C26" w14:textId="77777777" w:rsidR="006049E4" w:rsidRDefault="006049E4" w:rsidP="00F614AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5980879E" w14:textId="77777777" w:rsidR="00EA5245" w:rsidRDefault="00EA5245" w:rsidP="00F614AC">
+    <w:p w14:paraId="3AA3AE77" w14:textId="77777777" w:rsidR="006049E4" w:rsidRDefault="006049E4" w:rsidP="00F614AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6DAAED29" w14:textId="4D6E0AB1" w:rsidR="00F614AC" w:rsidRDefault="00F614AC" w:rsidP="00F614AC">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:ind w:left="1418"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="it-IT"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="119D0D9B" wp14:editId="49A11869">
           <wp:extent cx="3327400" cy="1524000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -1514,111 +1470,114 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="587273345">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1306667409">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="155"/>
+  <w:zoom w:percent="127"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F614AC"/>
     <w:rsid w:val="000652E3"/>
     <w:rsid w:val="00097A62"/>
     <w:rsid w:val="000A5A24"/>
     <w:rsid w:val="001306C4"/>
     <w:rsid w:val="001E0CC0"/>
     <w:rsid w:val="002D05C4"/>
     <w:rsid w:val="002D08CB"/>
     <w:rsid w:val="002E1CFF"/>
     <w:rsid w:val="003348C8"/>
     <w:rsid w:val="0033686B"/>
     <w:rsid w:val="00391E05"/>
     <w:rsid w:val="004060E1"/>
     <w:rsid w:val="0041443E"/>
     <w:rsid w:val="00426CC5"/>
     <w:rsid w:val="0049165A"/>
     <w:rsid w:val="004F1F8D"/>
     <w:rsid w:val="00504BD4"/>
     <w:rsid w:val="00513293"/>
     <w:rsid w:val="00572085"/>
     <w:rsid w:val="005A7E3B"/>
+    <w:rsid w:val="006049E4"/>
     <w:rsid w:val="006B54E3"/>
     <w:rsid w:val="006C7037"/>
     <w:rsid w:val="00780D49"/>
     <w:rsid w:val="00781E4E"/>
     <w:rsid w:val="00797CB7"/>
     <w:rsid w:val="00857CD8"/>
     <w:rsid w:val="0087088E"/>
     <w:rsid w:val="00873BAD"/>
     <w:rsid w:val="00902496"/>
     <w:rsid w:val="00921399"/>
     <w:rsid w:val="00967410"/>
     <w:rsid w:val="00996D7E"/>
     <w:rsid w:val="00A0278D"/>
     <w:rsid w:val="00A07D96"/>
+    <w:rsid w:val="00A87AAC"/>
     <w:rsid w:val="00AE3CC8"/>
     <w:rsid w:val="00C77428"/>
     <w:rsid w:val="00CA032C"/>
     <w:rsid w:val="00DA4EFC"/>
+    <w:rsid w:val="00DC4784"/>
     <w:rsid w:val="00E17F08"/>
     <w:rsid w:val="00E75A7D"/>
     <w:rsid w:val="00EA082B"/>
     <w:rsid w:val="00EA5245"/>
     <w:rsid w:val="00EB0766"/>
     <w:rsid w:val="00EC7A11"/>
     <w:rsid w:val="00F614AC"/>
     <w:rsid w:val="00FC637D"/>
     <w:rsid w:val="00FD3BB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -2141,90 +2100,102 @@
       <w:kern w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="RTFNum2">
     <w:name w:val="RTF_Num 2"/>
     <w:basedOn w:val="Nessunelenco"/>
     <w:rsid w:val="00E17F08"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Menzionenonrisolta">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0049165A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Collegamentovisitato">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DC4784"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="219903079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="872117474">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amministarzione@federclimb.it" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amministrazione@federclimb.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amministrazione@federclimb.it" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amministrazione@federclimb.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>